--- v0 (2025-11-06)
+++ v1 (2026-03-02)
@@ -1,1571 +1,2340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="47A31993" w14:textId="77777777">
+    <w:p w:rsidR="6CA9E856" w:rsidP="7F64537D" w:rsidRDefault="6CA9E856" w14:paraId="7F83B4E5" w14:textId="6E8532DE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...4 lines deleted...]
-        <w:t>Dear [Recipient],</w:t>
+      <w:r w:rsidR="6CA9E856">
+        <w:drawing>
+          <wp:inline wp14:editId="622E923A" wp14:anchorId="4C0B58CC">
+            <wp:extent cx="5724525" cy="1428750"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1100469105" name="drawing"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1100469105" name="Picture 1100469105"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1462876617">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm rot="0">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5724525" cy="1428750"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="008C308D" w:rsidP="005D1C88" w:rsidRDefault="008C308D" w14:paraId="31B236DD" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="38AE7021" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dear Former Colleague,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="17107264" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="73F07717" w14:textId="4EA31286">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="6D0115FB" w14:textId="77109D7C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">the National Association of Retired Police Officers (NARPO). </w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I hope this letter finds you well. As a fellow retired police officer, I wanted to personally invite you to join the National Association of Retired Police Officers (NARPO)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="065D71E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a dedicated community here to support you throughout your retirement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="005D1C88" w14:paraId="05768D40" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="5DB52C1A" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="7E8EEA8D" w14:textId="33972987">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="0A69CD45" w14:textId="69CE7E92">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...18 lines deleted...]
-        <w:t> </w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For over 105 years, NARPO has been championing the pensions, wellbeing, and rights of former officers and their families. As a member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you’ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gain access to exclusive resources, welfare support, and discounts—all designed to help you enjoy a fulfilling retirement. If you’ve recently retired, our </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="065D71E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">second career hub </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="065D71E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="065D71E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">free Post-Career Checklist at www.narpo.org/checklist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> essential </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="065D71E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>guidance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to help you navigate this new chapter with confidence.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="005D1C88" w14:paraId="44B8E4C0" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="17F49228" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="004717AA" w:rsidP="005D1C88" w:rsidRDefault="004717AA" w14:paraId="3348ED2B" w14:textId="2F890257">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="1C97C3F4" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...4 lines deleted...]
-        <w:t>In the GMP area, we have active branches in Altrincham, Bolton, Bury, Manchester &amp; District, Oldham, Tameside, Rochdale, Salford, and Wigan &amp; Leigh. You are free to join any branch you wish and can also be an additional member of any other branch if you wish.</w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Retirement from policing marks a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>significant change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>it’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also an opportunity to embrace new experiences. Whether </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you’re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> looking for expert guidance on your pension, exploring new interests, or simply staying connected with those who understand the unique nature of policing, NARPO is here for you. Our welfare network ensures that you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>remain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supported, while our digital jobs board and specialist advice can </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you’re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> considering a new role or need financial guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="005D1C88" w14:paraId="38DC93B5" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="05451CB2" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="364BFFC1" w14:textId="3091484C">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="476A7CDB" w14:textId="7633814B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...4 lines deleted...]
-        <w:t>Here’s why becoming a member of your local NARPO branch is a great choice:</w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beyond career and financial support, NARPO also offers a range of exclusive member benefits, including discounts on holidays, cars, household goods, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="2689AB65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>more</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="0CA69727">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="2689AB65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> helping</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="0CA69727">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you and your family make the most of life beyond the force. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You’ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also receive our quarterly magazine, NARPO News, and our e-newsletter, New Horizons,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="23E68FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as branch newsletters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="25E8129D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keeping you informed on key issues and opportunities for retired officers.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="005D1C88" w14:paraId="13388EAD" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="5B44AD22" w14:textId="77777777">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="19AE8BD4" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="74B2C771" w14:textId="07DDA657">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...6 lines deleted...]
-        <w:t>Local Branch Benefits:</w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a NARPO member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you’ll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also be part of Later Life Ambitions, a movement working to influence government policies that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> retired officers and others in later life—ensuring your voice is heard on matters that affect you. If </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you’d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> like to be even more involved, you can volunteer with your local branch or even take on a role within our National Executive Committee.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="535EE038" w14:textId="06FC5752">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="099A2EF1" w14:textId="77777777">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...77 lines deleted...]
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="000C49CC" w:rsidP="000C49CC" w:rsidRDefault="000C49CC" w14:paraId="53829BB4" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="7B0794CF" w14:textId="10C78CE0">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...4 lines deleted...]
-        <w:t>Since its formation in 1919 NARPO has been safeguarding Members’ rights, wellbeing and pensions. </w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All this is available for just </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>£</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="68293123">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>27.84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per year (£</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="6D10EF15">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.32</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per month).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="000C49CC" w:rsidP="005D1C88" w:rsidRDefault="000C49CC" w14:paraId="329D318C" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="6CE4D16B" w14:textId="009A525A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="005D1C88" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="0101AA18" w14:textId="69B07C4B">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00A914CF" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="0A207AA8" w14:textId="2A40D37C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...6 lines deleted...]
-        <w:t>National Membership Benefits:</w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Joining is easy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="74DB3A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="463606A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="49EC7C80">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5F094442">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="463606A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> branches in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="463606A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="681D8E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="37B9669B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GMP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="37B9669B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="463606A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>area</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="3F5C781B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you can choose to join </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="3F5C781B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="79C8F33E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Altrincham, Bolton, Bury, Manchester </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="4BF55369">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&amp; District,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="79C8F33E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="2FD0CA56">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Salford, Tameside</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="79C8F33E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Oldham, Rochdale, Wigan &amp;Leigh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="3F5C781B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="4CBC12EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="3FDC35F4" w14:textId="6BE3674E">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00A914CF" w:rsidP="7F64537D" w:rsidRDefault="00A914CF" w14:paraId="08DA2C3E" w14:textId="157F73BD">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
-[...119 lines deleted...]
-        <w:rPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="5B91D07B" w14:textId="77777777">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00A914CF" w14:paraId="2142D867" w14:textId="210C74BE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...6 lines deleted...]
-        <w:t>Affordable Membership:</w:t>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="4CBC12EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imply scan the QR code below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="09B9147B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="7915BCF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visit www.narpo.org to sign up </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="35D0C8A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008C308D" w:rsidR="00B72664" w:rsidP="005D1C88" w:rsidRDefault="00B72664" w14:paraId="0EF6B684" w14:textId="03F7F5D3">
+    <w:p w:rsidRPr="003D3773" w:rsidR="00CF1818" w:rsidP="003D3773" w:rsidRDefault="003D3773" w14:textId="60167597" w14:paraId="24146A6A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008C308D">
-[...638 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="003D3773">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D3FCFC7" wp14:editId="6D3F7DCD">
-[...2 lines deleted...]
-            <wp:docPr id="1210697331" name="Picture 1" descr="A close-up of a qr code&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="089A366C" wp14:editId="123ACD62">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>90805</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="692150" cy="679450"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1169386748" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1210697331" name="Picture 1" descr="A close-up of a qr code&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="819150" cy="812165"/>
+                      <a:ext cx="692150" cy="679450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="008C308D" w:rsidR="000C49CC" w:rsidSect="008C308D">
+    <w:p w:rsidRPr="003D3773" w:rsidR="005C3083" w:rsidP="7F64537D" w:rsidRDefault="005C3083" w14:paraId="35F922BC" w14:textId="4BA1AA3F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="3FD6C492">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alternatively contact your chosen branch secretary on the email below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="4678"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidTr="2FB8C8FD" w14:paraId="31C17C63" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="1C56C2CF" w14:textId="29669EF6">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="185F2896">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Altrincham: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="185F2896">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Forster.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="19E6AC4D" w14:textId="53F82204">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="19F72A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mail: altrincham@narpo.org  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="45DA061A" w14:textId="7C4230CF">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="76D3BA86">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bolton: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Peter Sloan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="64F09047" w14:textId="1E5A9879">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F64537D" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email: bolton@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="09B5566A" w14:textId="29A33A60">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="6F3261D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bury: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="6F3261D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kath</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Morgan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="02AACF6D" w14:textId="309EDA6A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F64537D" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email: bury@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="65CC6CA3" w14:textId="36E2A83D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="585492AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salford: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="585492AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Andrew</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Connell. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="224EA3E0" w14:textId="4E183308">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F64537D" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: salford@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="2F287F06" w14:textId="7B8BB0D4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="619140C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manchester: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="619140C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Michael</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kerrigan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="51883774" w14:textId="1C506BE4">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: manchester@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="1CD6BA75" w14:textId="0CE783AD">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="53C68CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oldham: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="53C68CC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pamela</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Porter.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="155D5440" w14:textId="368C707C">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Email: oldham@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="07A23A94" w14:textId="010C29BC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="36140A67">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rochdale: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="36140A67">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>John</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bamford.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="522D7A8E" w14:textId="3BA2EF0A">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F64537D" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email: rochdale@narpo.org   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="0F060270" w14:textId="071BD1FC">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="7210E1B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tameside: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="7210E1B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sheila</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Larkin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="514B2296" w14:textId="20DD9923">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F64537D" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Email: tameside@narpo.org </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="2FB8C8FD" w:rsidRDefault="00D65FAF" w14:paraId="2043A44E" w14:textId="581BF7B7">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wiga</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="0248DC0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> John Anthony Simpkin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00D65FAF" w14:paraId="5DDEEAC8" w14:textId="64F42CFA">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2FB8C8FD" w:rsidR="2F082CFD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Email: wiganLeigh@narpo.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00C713BB" w14:paraId="4BE1D552" w14:textId="2C3B9520">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidTr="2FB8C8FD" w14:paraId="1AF68612" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00124C8B" w:rsidP="7F64537D" w:rsidRDefault="00124C8B" w14:paraId="2B3275D6" w14:textId="16299E19">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4678" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003D3773" w:rsidR="00C713BB" w:rsidP="7F64537D" w:rsidRDefault="00C713BB" w14:paraId="49DF6A1C" w14:textId="16234161">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidRPr="003D3773" w:rsidR="00D46039" w:rsidP="7F64537D" w:rsidRDefault="00D46039" w14:paraId="0F60034B" w14:textId="2895744F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="26324785">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> look forward </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to welcom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="26324785">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you to the NARPO community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="0761912A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> soon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="5A4BCD3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D3773" w:rsidR="00100667" w:rsidP="7F64537D" w:rsidRDefault="00100667" w14:paraId="5D4C82C5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Hlk193796329" w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="540B80CC" w:rsidP="7F64537D" w:rsidRDefault="540B80CC" w14:paraId="545337E2" w14:textId="33E8D99B">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="540B80CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michael G Kerrigan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B017DE" w:rsidR="004B19FC" w:rsidP="7F64537D" w:rsidRDefault="00B017DE" w14:paraId="5F94A7B1" w14:textId="7F64B3EA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="4207A16A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Secretary </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="271D179D" w:rsidP="7F64537D" w:rsidRDefault="271D179D" w14:paraId="79A72FDE" w14:textId="2ACD81B2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="271D179D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manchester &amp; District Branch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="271D179D" w:rsidP="7F64537D" w:rsidRDefault="271D179D" w14:paraId="22DD1B57" w14:textId="45BD7CBC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="271D179D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Manchester@narpo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F64537D" w:rsidR="271D179D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.org</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidRPr="00B017DE" w:rsidR="004B19FC">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
-      <w:pgMar w:top="851" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...13 lines deleted...]
-  <w:font w:name="Aptos">
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...235 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B72664"/>
-[...15 lines deleted...]
-    <w:rsid w:val="1C61A21F"/>
+    <w:rsidRoot w:val="003B39D3"/>
+    <w:rsid w:val="00040FFF"/>
+    <w:rsid w:val="00090CFB"/>
+    <w:rsid w:val="000A3058"/>
+    <w:rsid w:val="000A336F"/>
+    <w:rsid w:val="00100667"/>
+    <w:rsid w:val="00124C8B"/>
+    <w:rsid w:val="00134192"/>
+    <w:rsid w:val="00135590"/>
+    <w:rsid w:val="0014072C"/>
+    <w:rsid w:val="00150169"/>
+    <w:rsid w:val="00151242"/>
+    <w:rsid w:val="0015613C"/>
+    <w:rsid w:val="001E4D3A"/>
+    <w:rsid w:val="001E6EB8"/>
+    <w:rsid w:val="00254F16"/>
+    <w:rsid w:val="00260723"/>
+    <w:rsid w:val="00261E02"/>
+    <w:rsid w:val="00265E07"/>
+    <w:rsid w:val="002E1B1B"/>
+    <w:rsid w:val="002E4296"/>
+    <w:rsid w:val="002E47C8"/>
+    <w:rsid w:val="0034172F"/>
+    <w:rsid w:val="003B39D3"/>
+    <w:rsid w:val="003D3773"/>
+    <w:rsid w:val="003D73F7"/>
+    <w:rsid w:val="003E0C77"/>
+    <w:rsid w:val="0041242F"/>
+    <w:rsid w:val="00430F7F"/>
+    <w:rsid w:val="00447190"/>
+    <w:rsid w:val="0046416B"/>
+    <w:rsid w:val="00475A61"/>
+    <w:rsid w:val="00484C3D"/>
+    <w:rsid w:val="004B19FC"/>
+    <w:rsid w:val="004B63E3"/>
+    <w:rsid w:val="004F01B9"/>
+    <w:rsid w:val="00552832"/>
+    <w:rsid w:val="00570D16"/>
+    <w:rsid w:val="00586E02"/>
+    <w:rsid w:val="005A2620"/>
+    <w:rsid w:val="005C3083"/>
+    <w:rsid w:val="00622370"/>
+    <w:rsid w:val="00623510"/>
+    <w:rsid w:val="00692756"/>
+    <w:rsid w:val="006B79EF"/>
+    <w:rsid w:val="006D1C24"/>
+    <w:rsid w:val="006F1D67"/>
+    <w:rsid w:val="006F251E"/>
+    <w:rsid w:val="00734D0F"/>
+    <w:rsid w:val="0074740E"/>
+    <w:rsid w:val="00760304"/>
+    <w:rsid w:val="007F35E7"/>
+    <w:rsid w:val="00824C00"/>
+    <w:rsid w:val="008458A1"/>
+    <w:rsid w:val="00857BD9"/>
+    <w:rsid w:val="00864B38"/>
+    <w:rsid w:val="00882905"/>
+    <w:rsid w:val="008B79BF"/>
+    <w:rsid w:val="008E4577"/>
+    <w:rsid w:val="008F0807"/>
+    <w:rsid w:val="00915292"/>
+    <w:rsid w:val="00915F0F"/>
+    <w:rsid w:val="009545DC"/>
+    <w:rsid w:val="00960485"/>
+    <w:rsid w:val="00964DC3"/>
+    <w:rsid w:val="009C4B03"/>
+    <w:rsid w:val="009D41C9"/>
+    <w:rsid w:val="009D6099"/>
+    <w:rsid w:val="009D6981"/>
+    <w:rsid w:val="009E2C73"/>
+    <w:rsid w:val="009F5A0A"/>
+    <w:rsid w:val="00A011C8"/>
+    <w:rsid w:val="00A343A4"/>
+    <w:rsid w:val="00A42A1E"/>
+    <w:rsid w:val="00A4707A"/>
+    <w:rsid w:val="00A63E20"/>
+    <w:rsid w:val="00A84A23"/>
+    <w:rsid w:val="00A914CF"/>
+    <w:rsid w:val="00A91DB8"/>
+    <w:rsid w:val="00AA5AA7"/>
+    <w:rsid w:val="00B017DE"/>
+    <w:rsid w:val="00B23731"/>
+    <w:rsid w:val="00B25A06"/>
+    <w:rsid w:val="00B51E8D"/>
+    <w:rsid w:val="00B974B6"/>
+    <w:rsid w:val="00C3079A"/>
+    <w:rsid w:val="00C42C7F"/>
+    <w:rsid w:val="00C713BB"/>
+    <w:rsid w:val="00CA40D5"/>
+    <w:rsid w:val="00CF1386"/>
+    <w:rsid w:val="00CF1818"/>
+    <w:rsid w:val="00D35E3B"/>
+    <w:rsid w:val="00D41329"/>
+    <w:rsid w:val="00D46039"/>
+    <w:rsid w:val="00D53FAC"/>
+    <w:rsid w:val="00D556B3"/>
+    <w:rsid w:val="00D65FAF"/>
+    <w:rsid w:val="00DB74A2"/>
+    <w:rsid w:val="00DE51A9"/>
+    <w:rsid w:val="00E02413"/>
+    <w:rsid w:val="00E54ED3"/>
+    <w:rsid w:val="00E67E7B"/>
+    <w:rsid w:val="00E930DA"/>
+    <w:rsid w:val="00E9555E"/>
+    <w:rsid w:val="00EC4A08"/>
+    <w:rsid w:val="00EE7994"/>
+    <w:rsid w:val="00EF2CBC"/>
+    <w:rsid w:val="00F13DB2"/>
+    <w:rsid w:val="00F21148"/>
+    <w:rsid w:val="00F53B67"/>
+    <w:rsid w:val="00F80B62"/>
+    <w:rsid w:val="00FF4DC1"/>
+    <w:rsid w:val="0248DC0C"/>
+    <w:rsid w:val="02AAF7FF"/>
+    <w:rsid w:val="065D71E0"/>
+    <w:rsid w:val="0761912A"/>
+    <w:rsid w:val="0788087F"/>
+    <w:rsid w:val="0879C81F"/>
+    <w:rsid w:val="09B9147B"/>
+    <w:rsid w:val="0CA69727"/>
+    <w:rsid w:val="0F9A190E"/>
+    <w:rsid w:val="13CC169A"/>
+    <w:rsid w:val="17156A8E"/>
+    <w:rsid w:val="185F2896"/>
+    <w:rsid w:val="198C4969"/>
+    <w:rsid w:val="19F72A2E"/>
+    <w:rsid w:val="1A45EF64"/>
+    <w:rsid w:val="1E95D27D"/>
+    <w:rsid w:val="1EA6DCA5"/>
+    <w:rsid w:val="1FA4FC98"/>
+    <w:rsid w:val="20F095AC"/>
+    <w:rsid w:val="228F4AEA"/>
+    <w:rsid w:val="2299B6EB"/>
+    <w:rsid w:val="22E0DE23"/>
+    <w:rsid w:val="22E35546"/>
+    <w:rsid w:val="2395377E"/>
+    <w:rsid w:val="23E68FE7"/>
+    <w:rsid w:val="24442019"/>
+    <w:rsid w:val="25E8129D"/>
+    <w:rsid w:val="26324785"/>
+    <w:rsid w:val="26514BC7"/>
+    <w:rsid w:val="2689AB65"/>
+    <w:rsid w:val="271D179D"/>
+    <w:rsid w:val="28E50955"/>
+    <w:rsid w:val="292BB2C9"/>
+    <w:rsid w:val="2B0AC29F"/>
+    <w:rsid w:val="2C1A2053"/>
+    <w:rsid w:val="2EC6C256"/>
+    <w:rsid w:val="2F082CFD"/>
+    <w:rsid w:val="2FB8C8FD"/>
+    <w:rsid w:val="2FD0CA56"/>
+    <w:rsid w:val="31BA6CD8"/>
+    <w:rsid w:val="35D0C8A9"/>
+    <w:rsid w:val="36140A67"/>
+    <w:rsid w:val="376CF617"/>
+    <w:rsid w:val="37B9669B"/>
+    <w:rsid w:val="37BBC382"/>
+    <w:rsid w:val="3969DA88"/>
+    <w:rsid w:val="3EAEAA05"/>
+    <w:rsid w:val="3F5C781B"/>
+    <w:rsid w:val="3FD6C492"/>
+    <w:rsid w:val="40AB20BE"/>
+    <w:rsid w:val="40D14451"/>
+    <w:rsid w:val="4207A16A"/>
+    <w:rsid w:val="42DA4023"/>
+    <w:rsid w:val="463606A0"/>
+    <w:rsid w:val="46E64291"/>
+    <w:rsid w:val="47B67254"/>
+    <w:rsid w:val="49EC7C80"/>
+    <w:rsid w:val="4A8AC40C"/>
+    <w:rsid w:val="4BF55369"/>
+    <w:rsid w:val="4CBC12EA"/>
+    <w:rsid w:val="4DA57529"/>
+    <w:rsid w:val="4FF0BD58"/>
+    <w:rsid w:val="51C1547D"/>
+    <w:rsid w:val="53C68CC0"/>
+    <w:rsid w:val="540B80CC"/>
+    <w:rsid w:val="56C8EBD2"/>
+    <w:rsid w:val="574B6EB5"/>
+    <w:rsid w:val="57A62124"/>
+    <w:rsid w:val="585492AD"/>
+    <w:rsid w:val="58DEDDA4"/>
+    <w:rsid w:val="594CE7A4"/>
+    <w:rsid w:val="5A4BCD3C"/>
+    <w:rsid w:val="5BFEEBCF"/>
+    <w:rsid w:val="5D127948"/>
+    <w:rsid w:val="5DFE01AC"/>
+    <w:rsid w:val="5E9A8275"/>
+    <w:rsid w:val="5EB9F3D2"/>
+    <w:rsid w:val="5F094442"/>
+    <w:rsid w:val="600A7CB1"/>
+    <w:rsid w:val="6125C282"/>
+    <w:rsid w:val="619140C1"/>
+    <w:rsid w:val="63189BF2"/>
+    <w:rsid w:val="63FE0E7E"/>
+    <w:rsid w:val="644FC0D4"/>
+    <w:rsid w:val="648BB6AA"/>
+    <w:rsid w:val="64DA4051"/>
+    <w:rsid w:val="659AD19F"/>
+    <w:rsid w:val="666D236D"/>
+    <w:rsid w:val="681D8E00"/>
+    <w:rsid w:val="68293123"/>
+    <w:rsid w:val="68A3BCA1"/>
+    <w:rsid w:val="6BB74624"/>
+    <w:rsid w:val="6CA9E856"/>
+    <w:rsid w:val="6CE4EEBD"/>
+    <w:rsid w:val="6D10EF15"/>
+    <w:rsid w:val="6F3261D1"/>
+    <w:rsid w:val="6FB25E35"/>
+    <w:rsid w:val="6FEB0BCC"/>
+    <w:rsid w:val="7086A3D9"/>
+    <w:rsid w:val="71DE754B"/>
+    <w:rsid w:val="7210E1B0"/>
+    <w:rsid w:val="73A70FF1"/>
+    <w:rsid w:val="7437D50D"/>
+    <w:rsid w:val="74DB3A56"/>
+    <w:rsid w:val="7573BC45"/>
+    <w:rsid w:val="76D3BA86"/>
+    <w:rsid w:val="7915BCF6"/>
+    <w:rsid w:val="794D6125"/>
+    <w:rsid w:val="79C8F33E"/>
+    <w:rsid w:val="7DB7BEBA"/>
+    <w:rsid w:val="7F64537D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="45323AF0"/>
+  <w14:docId w14:val="0B72DAAB"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F39C7AA5-D57F-4DBB-99C0-52B761B8B1FC}"/>
+  <w15:docId w15:val="{79EE2CBD-8097-4F78-ACFB-EB2B2D967777}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1685,51 +2454,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1911,748 +2680,400 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00B72664"/>
+    <w:rsid w:val="003B39D3"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...180 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
-[...4 lines deleted...]
-    <w:rsid w:val="00B72664"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003B39D3"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
-[...5 lines deleted...]
-    <w:rsid w:val="00B72664"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A4707A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B72664"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014072C"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B72664"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014072C"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
-    <w:name w:val="Heading 5 Char"/>
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+    <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading5"/>
-    <w:uiPriority w:val="9"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B72664"/>
+    <w:rsid w:val="0014072C"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B72664"/>
-[...207 lines deleted...]
-    <w:rsid w:val="00B72664"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014072C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:smallCaps/>
-[...1 lines deleted...]
-      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0014072C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0014072C"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="004717AA"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0014072C"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Calibri" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004717AA"/>
+    <w:rsid w:val="00A84A23"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00C713BB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1179124883">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1362245144">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://signup.narpo.org/" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="rId1462876617" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2761,50 +3182,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Talk Turkey</dc:creator>
+  <dc:creator>Alan Lees</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Manchester &amp; District Branch Secretary</lastModifiedBy>
-  <revision>5</revision>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>